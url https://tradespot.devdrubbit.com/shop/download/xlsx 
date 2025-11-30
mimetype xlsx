--- v0 (2025-10-12)
+++ v1 (2025-11-30)
@@ -69,102 +69,102 @@
   <si>
     <t>Clase 29</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>Figurativa</t>
   </si>
   <si>
     <t>SEGUROS PRODUCTIVOS</t>
   </si>
   <si>
     <t>Clase 36</t>
   </si>
   <si>
     <t>PLANETA TIERRA</t>
   </si>
   <si>
     <t>Clase 43</t>
   </si>
   <si>
     <t>Mixta</t>
   </si>
   <si>
+    <t>HOCLO</t>
+  </si>
+  <si>
+    <t>Clase 9</t>
+  </si>
+  <si>
+    <t>MARGEN</t>
+  </si>
+  <si>
+    <t>ARGENTUM</t>
+  </si>
+  <si>
+    <t>Clase 11</t>
+  </si>
+  <si>
+    <t>CIUDAD ABIERTA</t>
+  </si>
+  <si>
+    <t>Clase 16</t>
+  </si>
+  <si>
+    <t>CORDOBA APASIONADA</t>
+  </si>
+  <si>
+    <t>SEMAFORO CIUDADANO</t>
+  </si>
+  <si>
+    <t>ZONA DE JUEGOS</t>
+  </si>
+  <si>
+    <t>ANGEL VERMELL</t>
+  </si>
+  <si>
+    <t>Clase 33</t>
+  </si>
+  <si>
+    <t>Clase 35</t>
+  </si>
+  <si>
+    <t>FLOR SERRANA</t>
+  </si>
+  <si>
+    <t>REPORTE DIRECTO</t>
+  </si>
+  <si>
+    <t>Clase 38</t>
+  </si>
+  <si>
+    <t>Clase 41</t>
+  </si>
+  <si>
     <t>BANNERI</t>
-  </si>
-[...49 lines deleted...]
-    <t>Clase 41</t>
   </si>
   <si>
     <t>Clase 42</t>
   </si>
   <si>
     <t>SOL DEPRESBITERO</t>
   </si>
   <si>
     <t>KITCHEN CLUB</t>
   </si>
   <si>
     <t>Clase 21</t>
   </si>
   <si>
     <t>LA CAJITA</t>
   </si>
   <si>
     <t>MARKETING ROCKSTORE</t>
   </si>
   <si>
     <t>NUBENIC</t>
   </si>
   <si>
     <t>VALLES LECHEROS PURA LECHE ARGENTINA</t>
   </si>
@@ -325,56 +325,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3345381-8a792dbd814ebbd334851cf599250b997f7bbb07" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3328595-513bafc0e0c04d3ea18877f07f2f37ec050b1313" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620766354542.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3328596-22a147325e51330592a30187ef131733780e904f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620911780047.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/b/3328597-fd0b5ed22b81bf339c2c3dfbf73b1aeabd073e9d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620914490042.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/b/3333836-a95e71c6a51d8b100bf5f97665af9f521b7ff11c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId92" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId93" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId94" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId95" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId96" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId97" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId98" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId99" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId100" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId101" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId102" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId103" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId104" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId105" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId106" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId107" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId108" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId109" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3345381-8a792dbd814ebbd334851cf599250b997f7bbb07" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/b/3333836-a95e71c6a51d8b100bf5f97665af9f521b7ff11c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId92" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId93" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId94" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId95" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId96" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId97" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId98" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId99" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId100" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId101" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId102" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId103" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G76"/>
+  <dimension ref="A1:G73"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -480,1667 +480,1592 @@
       </c>
       <c r="E6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G7" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G7" s="0"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="0"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>27</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="0"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="0"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
         <v>31</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="0"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G15" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G16" s="0"/>
+      <c r="G16" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G17" s="0"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G18" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G18" s="0"/>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="0" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="0"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G20" s="0"/>
+      <c r="G20" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="0" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="0"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G23" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G23" s="0"/>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="0" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G24" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G24" s="0"/>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G25" s="0"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G26" s="0"/>
+      <c r="G26" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>33</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G27" s="0"/>
+      <c r="G27" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G28" s="0"/>
+      <c r="G28" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G30" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G30" s="0"/>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>8</v>
+        <v>48</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G31" s="0"/>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>49</v>
+        <v>33</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G33" s="0"/>
+      <c r="G33" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G34" s="0"/>
+      <c r="G34" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>48</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>17</v>
+        <v>37</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G39" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G39" s="0"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>58</v>
+        <v>19</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G41" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G41" s="0"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="0"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G43" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="0"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="0"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="0"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>34</v>
+        <v>67</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="0"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="0" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G48" s="0"/>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>65</v>
+        <v>22</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G49" s="0"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="0"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="0"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="0"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="0"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G54" s="0"/>
+      <c r="G54" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="55" spans="1:7">
-      <c r="A55" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A55" s="0"/>
       <c r="B55" s="0" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G55" s="0"/>
+      <c r="G55" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G56" s="0"/>
+      <c r="G56" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G57" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G57" s="0"/>
     </row>
     <row r="58" spans="1:7">
-      <c r="A58" s="0"/>
+      <c r="A58" s="0" t="s">
+        <v>75</v>
+      </c>
       <c r="B58" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G58" s="0"/>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G59" s="0"/>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G60" s="0"/>
+      <c r="G60" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G61" s="0"/>
+      <c r="G61" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="0"/>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>8</v>
+        <v>71</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G63" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G63" s="0"/>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>49</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G64" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G64" s="0"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G65" s="0"/>
+      <c r="G65" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G66" s="0"/>
+      <c r="G66" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>49</v>
+        <v>27</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F67" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G67" s="0"/>
+      <c r="G67" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F68" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="0" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F69" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="0" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F70" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F71" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="0" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F72" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>34</v>
+        <v>90</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F73" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>6</v>
-[...67 lines deleted...]
-      <c r="G76" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" tooltip="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060"/>
     <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" tooltip="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215"/>
     <hyperlink ref="G3" r:id="rId3" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg"/>
     <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a" tooltip="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a"/>
     <hyperlink ref="F5" r:id="rId5" display="Publicación" address="https://tradespot.devdrubbit.com/b/3345381-8a792dbd814ebbd334851cf599250b997f7bbb07" tooltip="https://tradespot.devdrubbit.com/b/3345381-8a792dbd814ebbd334851cf599250b997f7bbb07"/>
-    <hyperlink ref="F6" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328595-513bafc0e0c04d3ea18877f07f2f37ec050b1313" tooltip="https://tradespot.devdrubbit.com/b/3328595-513bafc0e0c04d3ea18877f07f2f37ec050b1313"/>
-[...102 lines deleted...]
-    <hyperlink ref="G76" r:id="rId109" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
+    <hyperlink ref="F6" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" tooltip="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb"/>
+    <hyperlink ref="G6" r:id="rId7" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg"/>
+    <hyperlink ref="F7" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" tooltip="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb"/>
+    <hyperlink ref="F8" r:id="rId9" display="Publicación" address="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" tooltip="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821"/>
+    <hyperlink ref="F9" r:id="rId10" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" tooltip="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e"/>
+    <hyperlink ref="F10" r:id="rId11" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" tooltip="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89"/>
+    <hyperlink ref="F11" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" tooltip="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7"/>
+    <hyperlink ref="F12" r:id="rId13" display="Publicación" address="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" tooltip="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38"/>
+    <hyperlink ref="F13" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" tooltip="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf"/>
+    <hyperlink ref="F14" r:id="rId15" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" tooltip="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361"/>
+    <hyperlink ref="F15" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" tooltip="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2"/>
+    <hyperlink ref="F16" r:id="rId17" display="Publicación" address="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" tooltip="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65"/>
+    <hyperlink ref="G16" r:id="rId18" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg"/>
+    <hyperlink ref="F17" r:id="rId19" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" tooltip="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d"/>
+    <hyperlink ref="F18" r:id="rId20" display="Publicación" address="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" tooltip="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d"/>
+    <hyperlink ref="F19" r:id="rId21" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" tooltip="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b"/>
+    <hyperlink ref="F20" r:id="rId22" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" tooltip="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557"/>
+    <hyperlink ref="G20" r:id="rId23" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg"/>
+    <hyperlink ref="F21" r:id="rId24" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" tooltip="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028"/>
+    <hyperlink ref="G21" r:id="rId25" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg"/>
+    <hyperlink ref="F22" r:id="rId26" display="Publicación" address="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" tooltip="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef"/>
+    <hyperlink ref="F23" r:id="rId27" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" tooltip="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88"/>
+    <hyperlink ref="F24" r:id="rId28" display="Publicación" address="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" tooltip="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18"/>
+    <hyperlink ref="F25" r:id="rId29" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" tooltip="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b"/>
+    <hyperlink ref="F26" r:id="rId30" display="Publicación" address="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" tooltip="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e"/>
+    <hyperlink ref="G26" r:id="rId31" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg"/>
+    <hyperlink ref="F27" r:id="rId32" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" tooltip="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70"/>
+    <hyperlink ref="G27" r:id="rId33" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg"/>
+    <hyperlink ref="F28" r:id="rId34" display="Publicación" address="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" tooltip="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d"/>
+    <hyperlink ref="G28" r:id="rId35" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg"/>
+    <hyperlink ref="F29" r:id="rId36" display="Publicación" address="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" tooltip="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9"/>
+    <hyperlink ref="G29" r:id="rId37" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg"/>
+    <hyperlink ref="F30" r:id="rId38" display="Publicación" address="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" tooltip="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717"/>
+    <hyperlink ref="F31" r:id="rId39" display="Publicación" address="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" tooltip="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb"/>
+    <hyperlink ref="F32" r:id="rId40" display="Publicación" address="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" tooltip="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3"/>
+    <hyperlink ref="G32" r:id="rId41" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg"/>
+    <hyperlink ref="F33" r:id="rId42" display="Publicación" address="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" tooltip="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44"/>
+    <hyperlink ref="G33" r:id="rId43" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg"/>
+    <hyperlink ref="F34" r:id="rId44" display="Publicación" address="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" tooltip="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a"/>
+    <hyperlink ref="G34" r:id="rId45" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg"/>
+    <hyperlink ref="F35" r:id="rId46" display="Publicación" address="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" tooltip="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d"/>
+    <hyperlink ref="G35" r:id="rId47" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg"/>
+    <hyperlink ref="F36" r:id="rId48" display="Publicación" address="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" tooltip="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93"/>
+    <hyperlink ref="G36" r:id="rId49" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg"/>
+    <hyperlink ref="F37" r:id="rId50" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" tooltip="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44"/>
+    <hyperlink ref="G37" r:id="rId51" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg"/>
+    <hyperlink ref="F38" r:id="rId52" display="Publicación" address="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" tooltip="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a"/>
+    <hyperlink ref="G38" r:id="rId53" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg"/>
+    <hyperlink ref="F39" r:id="rId54" display="Publicación" address="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" tooltip="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06"/>
+    <hyperlink ref="F40" r:id="rId55" display="Publicación" address="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" tooltip="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39"/>
+    <hyperlink ref="G40" r:id="rId56" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg"/>
+    <hyperlink ref="F41" r:id="rId57" display="Publicación" address="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" tooltip="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd"/>
+    <hyperlink ref="F42" r:id="rId58" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" tooltip="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071"/>
+    <hyperlink ref="F43" r:id="rId59" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333836-a95e71c6a51d8b100bf5f97665af9f521b7ff11c" tooltip="https://tradespot.devdrubbit.com/b/3333836-a95e71c6a51d8b100bf5f97665af9f521b7ff11c"/>
+    <hyperlink ref="F44" r:id="rId60" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" tooltip="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030"/>
+    <hyperlink ref="F45" r:id="rId61" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" tooltip="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a"/>
+    <hyperlink ref="F46" r:id="rId62" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" tooltip="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20"/>
+    <hyperlink ref="F47" r:id="rId63" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" tooltip="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d"/>
+    <hyperlink ref="F48" r:id="rId64" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" tooltip="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613"/>
+    <hyperlink ref="F49" r:id="rId65" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" tooltip="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e"/>
+    <hyperlink ref="F50" r:id="rId66" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" tooltip="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee"/>
+    <hyperlink ref="F51" r:id="rId67" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" tooltip="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51"/>
+    <hyperlink ref="F52" r:id="rId68" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" tooltip="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2"/>
+    <hyperlink ref="F53" r:id="rId69" display="Publicación" address="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" tooltip="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f"/>
+    <hyperlink ref="F54" r:id="rId70" display="Publicación" address="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" tooltip="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628"/>
+    <hyperlink ref="G54" r:id="rId71" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg"/>
+    <hyperlink ref="F55" r:id="rId72" display="Publicación" address="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" tooltip="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555"/>
+    <hyperlink ref="G55" r:id="rId73" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg"/>
+    <hyperlink ref="F56" r:id="rId74" display="Publicación" address="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" tooltip="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54"/>
+    <hyperlink ref="G56" r:id="rId75" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg"/>
+    <hyperlink ref="F57" r:id="rId76" display="Publicación" address="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" tooltip="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e"/>
+    <hyperlink ref="F58" r:id="rId77" display="Publicación" address="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" tooltip="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439"/>
+    <hyperlink ref="F59" r:id="rId78" display="Publicación" address="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" tooltip="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72"/>
+    <hyperlink ref="F60" r:id="rId79" display="Publicación" address="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" tooltip="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05"/>
+    <hyperlink ref="G60" r:id="rId80" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg"/>
+    <hyperlink ref="F61" r:id="rId81" display="Publicación" address="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" tooltip="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c"/>
+    <hyperlink ref="G61" r:id="rId82" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg"/>
+    <hyperlink ref="F62" r:id="rId83" display="Publicación" address="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" tooltip="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c"/>
+    <hyperlink ref="F63" r:id="rId84" display="Publicación" address="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" tooltip="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c"/>
+    <hyperlink ref="F64" r:id="rId85" display="Publicación" address="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" tooltip="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201"/>
+    <hyperlink ref="F65" r:id="rId86" display="Publicación" address="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" tooltip="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861"/>
+    <hyperlink ref="G65" r:id="rId87" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg"/>
+    <hyperlink ref="F66" r:id="rId88" display="Publicación" address="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" tooltip="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d"/>
+    <hyperlink ref="G66" r:id="rId89" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg"/>
+    <hyperlink ref="F67" r:id="rId90" display="Publicación" address="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" tooltip="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b"/>
+    <hyperlink ref="G67" r:id="rId91" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg"/>
+    <hyperlink ref="F68" r:id="rId92" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" tooltip="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467"/>
+    <hyperlink ref="G68" r:id="rId93" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg"/>
+    <hyperlink ref="F69" r:id="rId94" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" tooltip="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de"/>
+    <hyperlink ref="G69" r:id="rId95" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg"/>
+    <hyperlink ref="F70" r:id="rId96" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" tooltip="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370"/>
+    <hyperlink ref="G70" r:id="rId97" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
+    <hyperlink ref="F71" r:id="rId98" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" tooltip="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987"/>
+    <hyperlink ref="G71" r:id="rId99" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg"/>
+    <hyperlink ref="F72" r:id="rId100" display="Publicación" address="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" tooltip="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914"/>
+    <hyperlink ref="G72" r:id="rId101" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg"/>
+    <hyperlink ref="F73" r:id="rId102" display="Publicación" address="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" tooltip="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989"/>
+    <hyperlink ref="G73" r:id="rId103" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>