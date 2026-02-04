--- v1 (2025-11-30)
+++ v2 (2026-02-04)
@@ -4,272 +4,254 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>CARDIODETECT</t>
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Clase 5</t>
   </si>
   <si>
     <t>Precio Fijo</t>
   </si>
   <si>
     <t>Denominativa</t>
   </si>
   <si>
     <t>Publicación</t>
   </si>
   <si>
     <t>Clase 29</t>
   </si>
   <si>
     <t>Subasta</t>
   </si>
   <si>
     <t>Figurativa</t>
   </si>
   <si>
-    <t>SEGUROS PRODUCTIVOS</t>
+    <t>HOCLO</t>
+  </si>
+  <si>
+    <t>Clase 9</t>
+  </si>
+  <si>
+    <t>Mixta</t>
+  </si>
+  <si>
+    <t>MARGEN</t>
+  </si>
+  <si>
+    <t>ARGENTUM</t>
+  </si>
+  <si>
+    <t>Clase 11</t>
+  </si>
+  <si>
+    <t>CIUDAD ABIERTA</t>
+  </si>
+  <si>
+    <t>Clase 16</t>
+  </si>
+  <si>
+    <t>CORDOBA APASIONADA</t>
+  </si>
+  <si>
+    <t>SEMAFORO CIUDADANO</t>
+  </si>
+  <si>
+    <t>ZONA DE JUEGOS</t>
+  </si>
+  <si>
+    <t>ANGEL VERMELL</t>
+  </si>
+  <si>
+    <t>Clase 33</t>
+  </si>
+  <si>
+    <t>Clase 35</t>
+  </si>
+  <si>
+    <t>REPORTE DIRECTO</t>
+  </si>
+  <si>
+    <t>Clase 38</t>
+  </si>
+  <si>
+    <t>Clase 41</t>
+  </si>
+  <si>
+    <t>BANNERI</t>
+  </si>
+  <si>
+    <t>Clase 42</t>
+  </si>
+  <si>
+    <t>SOL DEPRESBITERO</t>
+  </si>
+  <si>
+    <t>KITCHEN CLUB</t>
+  </si>
+  <si>
+    <t>Clase 21</t>
+  </si>
+  <si>
+    <t>LA CAJITA</t>
+  </si>
+  <si>
+    <t>MARKETING ROCKSTORE</t>
+  </si>
+  <si>
+    <t>NUBENIC</t>
+  </si>
+  <si>
+    <t>VALLES LECHEROS PURA LECHE ARGENTINA</t>
+  </si>
+  <si>
+    <t>HAPPY HOUR</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>Clase 25</t>
+  </si>
+  <si>
+    <t>ELECTRIGENCE</t>
+  </si>
+  <si>
+    <t>TIBO</t>
+  </si>
+  <si>
+    <t>CAPITAL 300</t>
   </si>
   <si>
     <t>Clase 36</t>
   </si>
   <si>
-    <t>PLANETA TIERRA</t>
+    <t>MI CASA</t>
+  </si>
+  <si>
+    <t>DOLAR FUTURO</t>
+  </si>
+  <si>
+    <t>ONDA ROJA</t>
+  </si>
+  <si>
+    <t>CONVIDAR</t>
+  </si>
+  <si>
+    <t>Clase 45</t>
+  </si>
+  <si>
+    <t>CLEAN - AIR</t>
+  </si>
+  <si>
+    <t>ONSPORTS</t>
+  </si>
+  <si>
+    <t>DECAFETIN</t>
   </si>
   <si>
     <t>Clase 43</t>
   </si>
   <si>
-    <t>Mixta</t>
-[...124 lines deleted...]
-  <si>
     <t>SÚPERVIAL</t>
   </si>
   <si>
-    <t>Clase 19</t>
-[...1 lines deleted...]
-  <si>
     <t>CEPIGOM</t>
   </si>
   <si>
     <t>Clase 7</t>
   </si>
   <si>
     <t>TIFLO</t>
   </si>
   <si>
     <t>Clase 37</t>
   </si>
   <si>
     <t>SIX WEEKS</t>
   </si>
   <si>
     <t>Clase 28</t>
   </si>
   <si>
     <t>LEGENDARY</t>
   </si>
   <si>
     <t>España</t>
   </si>
   <si>
     <t>ELEGANZAHOME</t>
-  </si>
-[...1 lines deleted...]
-    <t>AIR 2008</t>
   </si>
   <si>
     <t>BONANZA</t>
   </si>
   <si>
     <t>VINCCI</t>
   </si>
   <si>
     <t>YARLOKS</t>
   </si>
   <si>
     <t>BRUK</t>
   </si>
   <si>
     <t>Clase 14</t>
   </si>
   <si>
     <t>BIELA</t>
   </si>
   <si>
     <t>RONAL</t>
   </si>
   <si>
     <t>SANDEES</t>
   </si>
@@ -325,56 +307,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/b/3345381-8a792dbd814ebbd334851cf599250b997f7bbb07" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3096440-13d202b44c5c73b095e7a3ada44e4a9698665c65" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/uploads/logos/flor-serrana-ar-1620912055471.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/b/457792-2ee67b2f74477ac37a311d027312d823ca851acb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/b/440797-c8db6738b5e51b4b4efa4dda6f57ab01316ff61a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045386526.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/b/3333836-a95e71c6a51d8b100bf5f97665af9f521b7ff11c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/2662468-74772ef9855e0892a2e2cbfc90bf0e7ea3f7cc54" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/uploads/logos/21b0a9ae6d2651c822d867d26cdd155cbe19ce3e.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId92" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId93" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId94" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId95" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId96" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId97" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId98" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId99" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId100" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId101" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId102" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId103" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId92" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId93" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G73"/>
+  <dimension ref="A1:G66"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -412,1660 +394,1497 @@
       </c>
       <c r="D3" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>17</v>
       </c>
       <c r="D4" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E4" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="0"/>
+      <c r="G4" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E5" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G5" s="0"/>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D6" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G6" s="0"/>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C7" s="0" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="0"/>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="D8" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G8" s="0"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="0"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G10" s="0"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G11" s="0"/>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G12" s="0"/>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D13" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G13" s="0"/>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="0"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G15" s="0"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="s">
-        <v>34</v>
+        <v>24</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G16" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G16" s="0"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G17" s="0"/>
+      <c r="G17" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="0" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G18" s="0"/>
+      <c r="G18" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="0" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G19" s="0"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G20" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G20" s="0"/>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>39</v>
+        <v>28</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G21" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G21" s="0"/>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="0" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G22" s="0"/>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G23" s="0"/>
+      <c r="G23" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G24" s="0"/>
+      <c r="G24" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G25" s="0"/>
+      <c r="G25" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="0" t="s">
         <v>45</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G27" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G27" s="0"/>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="0" t="s">
         <v>46</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>8</v>
+        <v>43</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="0" t="s">
         <v>47</v>
       </c>
       <c r="B29" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C29" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="0" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B30" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C30" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G30" s="0"/>
+      <c r="G30" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B31" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="C31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G31" s="0"/>
+      <c r="G31" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C33" s="0" t="s">
         <v>53</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G34" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G34" s="0"/>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>17</v>
+        <v>32</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G36" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G36" s="0"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G37" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G37" s="0"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G38" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G38" s="0"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="0"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B40" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>60</v>
       </c>
-      <c r="B40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G40" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G40" s="0"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="0"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="0"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>63</v>
+        <v>17</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>33</v>
+        <v>64</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="0"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>42</v>
+        <v>29</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="0"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>65</v>
+        <v>32</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="0"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="0" t="s">
-        <v>67</v>
+        <v>44</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G47" s="0"/>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="0" t="s">
-        <v>33</v>
+        <v>48</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G48" s="0"/>
+      <c r="G48" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="49" spans="1:7">
-      <c r="A49" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G49" s="0"/>
+      <c r="G49" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>69</v>
+        <v>44</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="0"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="0"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>8</v>
+        <v>66</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G52" s="0"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G53" s="0"/>
+      <c r="G53" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G54" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="55" spans="1:7">
-      <c r="A55" s="0"/>
+      <c r="A55" s="0" t="s">
+        <v>74</v>
+      </c>
       <c r="B55" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G55" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G55" s="0"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G56" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G56" s="0"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>49</v>
+        <v>44</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G57" s="0"/>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G58" s="0"/>
+      <c r="G58" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>49</v>
+        <v>28</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G59" s="0"/>
+      <c r="G59" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>78</v>
+        <v>23</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>49</v>
+        <v>31</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G62" s="0"/>
+      <c r="G62" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G63" s="0"/>
+      <c r="G63" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G64" s="0"/>
+      <c r="G64" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>71</v>
+        <v>8</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C66" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="B66" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D66" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F66" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>6</v>
-[...159 lines deleted...]
-      <c r="G73" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" tooltip="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060"/>
     <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" tooltip="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215"/>
     <hyperlink ref="G3" r:id="rId3" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg"/>
-    <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a" tooltip="https://tradespot.devdrubbit.com/b/3425598-7d51f4d365d27d005ddc5cbd76222729044f7e8a"/>
-[...98 lines deleted...]
-    <hyperlink ref="G73" r:id="rId103" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
+    <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" tooltip="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb"/>
+    <hyperlink ref="G4" r:id="rId5" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg"/>
+    <hyperlink ref="F5" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" tooltip="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb"/>
+    <hyperlink ref="F6" r:id="rId7" display="Publicación" address="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" tooltip="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821"/>
+    <hyperlink ref="F7" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" tooltip="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e"/>
+    <hyperlink ref="F8" r:id="rId9" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" tooltip="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89"/>
+    <hyperlink ref="F9" r:id="rId10" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" tooltip="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7"/>
+    <hyperlink ref="F10" r:id="rId11" display="Publicación" address="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" tooltip="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38"/>
+    <hyperlink ref="F11" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" tooltip="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf"/>
+    <hyperlink ref="F12" r:id="rId13" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" tooltip="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361"/>
+    <hyperlink ref="F13" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" tooltip="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2"/>
+    <hyperlink ref="F14" r:id="rId15" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" tooltip="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d"/>
+    <hyperlink ref="F15" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" tooltip="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d"/>
+    <hyperlink ref="F16" r:id="rId17" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" tooltip="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b"/>
+    <hyperlink ref="F17" r:id="rId18" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" tooltip="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557"/>
+    <hyperlink ref="G17" r:id="rId19" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg"/>
+    <hyperlink ref="F18" r:id="rId20" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" tooltip="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028"/>
+    <hyperlink ref="G18" r:id="rId21" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg"/>
+    <hyperlink ref="F19" r:id="rId22" display="Publicación" address="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" tooltip="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef"/>
+    <hyperlink ref="F20" r:id="rId23" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" tooltip="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88"/>
+    <hyperlink ref="F21" r:id="rId24" display="Publicación" address="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" tooltip="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18"/>
+    <hyperlink ref="F22" r:id="rId25" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" tooltip="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b"/>
+    <hyperlink ref="F23" r:id="rId26" display="Publicación" address="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" tooltip="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e"/>
+    <hyperlink ref="G23" r:id="rId27" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg"/>
+    <hyperlink ref="F24" r:id="rId28" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" tooltip="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70"/>
+    <hyperlink ref="G24" r:id="rId29" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg"/>
+    <hyperlink ref="F25" r:id="rId30" display="Publicación" address="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" tooltip="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d"/>
+    <hyperlink ref="G25" r:id="rId31" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg"/>
+    <hyperlink ref="F26" r:id="rId32" display="Publicación" address="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" tooltip="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9"/>
+    <hyperlink ref="G26" r:id="rId33" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg"/>
+    <hyperlink ref="F27" r:id="rId34" display="Publicación" address="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" tooltip="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717"/>
+    <hyperlink ref="F28" r:id="rId35" display="Publicación" address="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" tooltip="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3"/>
+    <hyperlink ref="G28" r:id="rId36" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg"/>
+    <hyperlink ref="F29" r:id="rId37" display="Publicación" address="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" tooltip="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44"/>
+    <hyperlink ref="G29" r:id="rId38" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg"/>
+    <hyperlink ref="F30" r:id="rId39" display="Publicación" address="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" tooltip="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d"/>
+    <hyperlink ref="G30" r:id="rId40" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg"/>
+    <hyperlink ref="F31" r:id="rId41" display="Publicación" address="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" tooltip="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93"/>
+    <hyperlink ref="G31" r:id="rId42" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg"/>
+    <hyperlink ref="F32" r:id="rId43" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" tooltip="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44"/>
+    <hyperlink ref="G32" r:id="rId44" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg"/>
+    <hyperlink ref="F33" r:id="rId45" display="Publicación" address="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" tooltip="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a"/>
+    <hyperlink ref="G33" r:id="rId46" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg"/>
+    <hyperlink ref="F34" r:id="rId47" display="Publicación" address="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" tooltip="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06"/>
+    <hyperlink ref="F35" r:id="rId48" display="Publicación" address="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" tooltip="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39"/>
+    <hyperlink ref="G35" r:id="rId49" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg"/>
+    <hyperlink ref="F36" r:id="rId50" display="Publicación" address="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" tooltip="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd"/>
+    <hyperlink ref="F37" r:id="rId51" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" tooltip="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071"/>
+    <hyperlink ref="F38" r:id="rId52" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" tooltip="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030"/>
+    <hyperlink ref="F39" r:id="rId53" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" tooltip="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a"/>
+    <hyperlink ref="F40" r:id="rId54" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" tooltip="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20"/>
+    <hyperlink ref="F41" r:id="rId55" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" tooltip="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d"/>
+    <hyperlink ref="F42" r:id="rId56" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" tooltip="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613"/>
+    <hyperlink ref="F43" r:id="rId57" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" tooltip="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e"/>
+    <hyperlink ref="F44" r:id="rId58" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" tooltip="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee"/>
+    <hyperlink ref="F45" r:id="rId59" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" tooltip="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51"/>
+    <hyperlink ref="F46" r:id="rId60" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" tooltip="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2"/>
+    <hyperlink ref="F47" r:id="rId61" display="Publicación" address="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" tooltip="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f"/>
+    <hyperlink ref="F48" r:id="rId62" display="Publicación" address="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" tooltip="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628"/>
+    <hyperlink ref="G48" r:id="rId63" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg"/>
+    <hyperlink ref="F49" r:id="rId64" display="Publicación" address="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" tooltip="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555"/>
+    <hyperlink ref="G49" r:id="rId65" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg"/>
+    <hyperlink ref="F50" r:id="rId66" display="Publicación" address="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" tooltip="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e"/>
+    <hyperlink ref="F51" r:id="rId67" display="Publicación" address="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" tooltip="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439"/>
+    <hyperlink ref="F52" r:id="rId68" display="Publicación" address="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" tooltip="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72"/>
+    <hyperlink ref="F53" r:id="rId69" display="Publicación" address="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" tooltip="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05"/>
+    <hyperlink ref="G53" r:id="rId70" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg"/>
+    <hyperlink ref="F54" r:id="rId71" display="Publicación" address="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" tooltip="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c"/>
+    <hyperlink ref="G54" r:id="rId72" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg"/>
+    <hyperlink ref="F55" r:id="rId73" display="Publicación" address="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" tooltip="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c"/>
+    <hyperlink ref="F56" r:id="rId74" display="Publicación" address="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" tooltip="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c"/>
+    <hyperlink ref="F57" r:id="rId75" display="Publicación" address="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" tooltip="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201"/>
+    <hyperlink ref="F58" r:id="rId76" display="Publicación" address="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" tooltip="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861"/>
+    <hyperlink ref="G58" r:id="rId77" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg"/>
+    <hyperlink ref="F59" r:id="rId78" display="Publicación" address="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" tooltip="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d"/>
+    <hyperlink ref="G59" r:id="rId79" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg"/>
+    <hyperlink ref="F60" r:id="rId80" display="Publicación" address="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" tooltip="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b"/>
+    <hyperlink ref="G60" r:id="rId81" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg"/>
+    <hyperlink ref="F61" r:id="rId82" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" tooltip="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467"/>
+    <hyperlink ref="G61" r:id="rId83" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg"/>
+    <hyperlink ref="F62" r:id="rId84" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" tooltip="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de"/>
+    <hyperlink ref="G62" r:id="rId85" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg"/>
+    <hyperlink ref="F63" r:id="rId86" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" tooltip="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370"/>
+    <hyperlink ref="G63" r:id="rId87" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
+    <hyperlink ref="F64" r:id="rId88" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" tooltip="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987"/>
+    <hyperlink ref="G64" r:id="rId89" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg"/>
+    <hyperlink ref="F65" r:id="rId90" display="Publicación" address="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" tooltip="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914"/>
+    <hyperlink ref="G65" r:id="rId91" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg"/>
+    <hyperlink ref="F66" r:id="rId92" display="Publicación" address="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" tooltip="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989"/>
+    <hyperlink ref="G66" r:id="rId93" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>