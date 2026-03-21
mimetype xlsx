--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Marcas" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="84" uniqueCount="84">
   <si>
     <t>Marca</t>
   </si>
   <si>
     <t>País</t>
   </si>
   <si>
     <t>Clase</t>
   </si>
   <si>
     <t>Modalidad</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
     <t>Logo</t>
   </si>
   <si>
     <t>CARDIODETECT</t>
   </si>
   <si>
@@ -154,53 +154,50 @@
     <t>VALLES LECHEROS PURA LECHE ARGENTINA</t>
   </si>
   <si>
     <t>HAPPY HOUR</t>
   </si>
   <si>
     <t>Uruguay</t>
   </si>
   <si>
     <t>Clase 25</t>
   </si>
   <si>
     <t>ELECTRIGENCE</t>
   </si>
   <si>
     <t>TIBO</t>
   </si>
   <si>
     <t>CAPITAL 300</t>
   </si>
   <si>
     <t>Clase 36</t>
   </si>
   <si>
     <t>MI CASA</t>
-  </si>
-[...1 lines deleted...]
-    <t>DOLAR FUTURO</t>
   </si>
   <si>
     <t>ONDA ROJA</t>
   </si>
   <si>
     <t>CONVIDAR</t>
   </si>
   <si>
     <t>Clase 45</t>
   </si>
   <si>
     <t>CLEAN - AIR</t>
   </si>
   <si>
     <t>ONSPORTS</t>
   </si>
   <si>
     <t>DECAFETIN</t>
   </si>
   <si>
     <t>Clase 43</t>
   </si>
   <si>
     <t>SÚPERVIAL</t>
   </si>
@@ -307,56 +304,56 @@
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellXfs count="2">
     <xf applyFont="1" fontId="0"/>
     <xf applyFont="1" fontId="1"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId3" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/uploads/logos/dolar-futuro-uy-1624045547459.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId92" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId93" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId2" Target="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId3" Target="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId4" Target="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId5" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId6" Target="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId7" Target="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId8" Target="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId9" Target="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId10" Target="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId11" Target="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId12" Target="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId13" Target="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId14" Target="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId15" Target="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId16" Target="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId17" Target="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId18" Target="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId19" Target="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId20" Target="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId21" Target="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId22" Target="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId23" Target="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId24" Target="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId25" Target="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId26" Target="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId27" Target="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId28" Target="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId29" Target="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId30" Target="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId31" Target="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId32" Target="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId33" Target="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId34" Target="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId35" Target="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId36" Target="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId37" Target="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId38" Target="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId39" Target="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId40" Target="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId41" Target="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId42" Target="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId43" Target="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId44" Target="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId45" Target="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId46" Target="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId47" Target="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId48" Target="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId49" Target="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId50" Target="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId51" Target="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId52" Target="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId53" Target="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId54" Target="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId55" Target="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId56" Target="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId57" Target="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId58" Target="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId59" Target="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId60" Target="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId61" Target="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId62" Target="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId63" Target="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId64" Target="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId65" Target="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId66" Target="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId67" Target="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId68" Target="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId69" Target="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId70" Target="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId71" Target="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId72" Target="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId73" Target="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId74" Target="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId75" Target="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId76" Target="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId77" Target="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId78" Target="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId79" Target="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId80" Target="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId81" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId82" Target="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId83" Target="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId84" Target="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId85" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId86" Target="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId87" Target="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId88" Target="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId89" Target="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId90" Target="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/><Relationship Id="rId91" Target="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" TargetMode="External" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:G66"/>
+  <dimension ref="A1:G65"/>
   <sheetViews>
     <sheetView showGridLines="1" workbookViewId="0" rightToLeft="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="16"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -975,916 +972,891 @@
       </c>
       <c r="B30" s="0" t="s">
         <v>43</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>48</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="s">
         <v>50</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F32" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G33" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="0"/>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G34" s="0"/>
+      <c r="G34" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>32</v>
+        <v>56</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G35" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="0"/>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>57</v>
+        <v>17</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G36" s="0"/>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G37" s="0"/>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="s">
         <v>58</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F38" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G38" s="0"/>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C39" s="0" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>37</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G39" s="0"/>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G40" s="0"/>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>62</v>
+        <v>29</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G41" s="0"/>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G42" s="0"/>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B43" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="C43" s="0" t="s">
         <v>63</v>
-      </c>
-[...4 lines deleted...]
-        <v>17</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F43" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G43" s="0"/>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F44" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G44" s="0"/>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F45" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G45" s="0"/>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F46" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G46" s="0"/>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="F47" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7">
+      <c r="A48" s="0"/>
+      <c r="B48" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C48" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="D47" s="0" t="s">
-[...11 lines deleted...]
-      <c r="A48" s="0" t="s">
+      <c r="D48" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="E48" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="F48" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7">
+      <c r="A49" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...19 lines deleted...]
-      <c r="A49" s="0"/>
       <c r="B49" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="F49" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G49" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G49" s="0"/>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F50" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G50" s="0"/>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="s">
         <v>69</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F51" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G51" s="0"/>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>44</v>
+        <v>71</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F52" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G52" s="0"/>
+      <c r="G52" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>8</v>
+        <v>65</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>72</v>
+        <v>44</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F53" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="F54" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G54" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G54" s="0"/>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="0" t="s">
         <v>74</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F55" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G55" s="0"/>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>44</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>11</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G56" s="0"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="s">
         <v>76</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>12</v>
       </c>
-      <c r="G57" s="0"/>
+      <c r="G57" s="1" t="s">
+        <v>6</v>
+      </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>66</v>
+        <v>8</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>8</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>23</v>
+        <v>83</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>18</v>
       </c>
       <c r="F65" s="1" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>6</v>
-[...21 lines deleted...]
-      <c r="G66" s="1" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" display="Publicación" address="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060" tooltip="https://tradespot.devdrubbit.com/b/cardiodetect-726d2eafeb7191c352fe6c11631748558dbb0060"/>
     <hyperlink ref="F3" r:id="rId2" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215" tooltip="https://tradespot.devdrubbit.com/b/3605104-908d252081242b9d05ea696115343e465f06d215"/>
     <hyperlink ref="G3" r:id="rId3" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/3605104-ar-1624369324495.card.jpg"/>
     <hyperlink ref="F4" r:id="rId4" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb" tooltip="https://tradespot.devdrubbit.com/b/3419553-0336b04da39e7f44248e63ecb4b21e5a0e492bdb"/>
     <hyperlink ref="G4" r:id="rId5" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620830461768.card.jpg"/>
     <hyperlink ref="F5" r:id="rId6" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb" tooltip="https://tradespot.devdrubbit.com/b/3450954-0de6e499844ac6a39789178bd34f6f001b25d2bb"/>
     <hyperlink ref="F6" r:id="rId7" display="Publicación" address="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821" tooltip="https://tradespot.devdrubbit.com/b/3390494-3ccf0fa6ba9dbee6b12f394c36dc6b5f7dbdf821"/>
     <hyperlink ref="F7" r:id="rId8" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e" tooltip="https://tradespot.devdrubbit.com/b/3705243-ccb91766aaac9bc6a867657f34925bf248e8892e"/>
     <hyperlink ref="F8" r:id="rId9" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89" tooltip="https://tradespot.devdrubbit.com/b/3604537-a8669fbad430a1618b975a872309ac49cee57e89"/>
     <hyperlink ref="F9" r:id="rId10" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7" tooltip="https://tradespot.devdrubbit.com/b/3705230-e040a46fd9c3d010d2e7141de0498fc7f62a29e7"/>
     <hyperlink ref="F10" r:id="rId11" display="Publicación" address="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38" tooltip="https://tradespot.devdrubbit.com/b/3517169-4f3f60c71f02796a036402a4b3b1ad19ca468b38"/>
     <hyperlink ref="F11" r:id="rId12" display="Publicación" address="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf" tooltip="https://tradespot.devdrubbit.com/b/3392480-657648e30348e42a971815ff5857318bb333bfdf"/>
     <hyperlink ref="F12" r:id="rId13" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361" tooltip="https://tradespot.devdrubbit.com/b/3705244-85d5a0402199de36b402881e83d0edf74f0d3361"/>
     <hyperlink ref="F13" r:id="rId14" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2" tooltip="https://tradespot.devdrubbit.com/b/3604538-d6e05d0316c6b56562dded927aa937311aa540a2"/>
     <hyperlink ref="F14" r:id="rId15" display="Publicación" address="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d" tooltip="https://tradespot.devdrubbit.com/b/3705229-84d9d5ddb8ba05697d1bdb7c6145f88e5247ef8d"/>
     <hyperlink ref="F15" r:id="rId16" display="Publicación" address="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d" tooltip="https://tradespot.devdrubbit.com/b/3244845-a5ac9eec51487106bf5236be91b93cb15f634c0d"/>
     <hyperlink ref="F16" r:id="rId17" display="Publicación" address="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b" tooltip="https://tradespot.devdrubbit.com/b/3604539-77c2835a406fd5c36ceb2c2a41ea393ae0b8397b"/>
     <hyperlink ref="F17" r:id="rId18" display="Publicación" address="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557" tooltip="https://tradespot.devdrubbit.com/b/3328598-417dd2637459b8be67d4ed28183231071129a557"/>
     <hyperlink ref="G17" r:id="rId19" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/banneri-ar-1620915092681.card.jpg"/>
     <hyperlink ref="F18" r:id="rId20" display="Publicación" address="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028" tooltip="https://tradespot.devdrubbit.com/b/3419552-de5be79d7c2a42a4739aa4e30a8eb3f38465e028"/>
     <hyperlink ref="G18" r:id="rId21" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/hoclo-ar-1620915196693.card.jpg"/>
     <hyperlink ref="F19" r:id="rId22" display="Publicación" address="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef" tooltip="https://tradespot.devdrubbit.com/b/3669543-5d0b010e819c34f1a184d63dd02bb5f0836c75ef"/>
     <hyperlink ref="F20" r:id="rId23" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88" tooltip="https://tradespot.devdrubbit.com/b/3471800-bb9d5c863edc35fc13a3936d0ffc5d4e570e7e88"/>
     <hyperlink ref="F21" r:id="rId24" display="Publicación" address="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18" tooltip="https://tradespot.devdrubbit.com/b/3360233-b944a44eafd645360aa8aab66af6cc77e68a2f18"/>
     <hyperlink ref="F22" r:id="rId25" display="Publicación" address="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b" tooltip="https://tradespot.devdrubbit.com/b/3471801-99c8f11d5680672fbd9edda7b4eb44d09926843b"/>
     <hyperlink ref="F23" r:id="rId26" display="Publicación" address="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e" tooltip="https://tradespot.devdrubbit.com/b/3601307-46c03717ebccb6429a13ae97b99e8d7f69e0170e"/>
     <hyperlink ref="G23" r:id="rId27" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/marketing-rockstore-ar-1622050707493.card.jpg"/>
     <hyperlink ref="F24" r:id="rId28" display="Publicación" address="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70" tooltip="https://tradespot.devdrubbit.com/b/3450589-0cf5bd5c93ae626db1cfaa479772330a18a07e70"/>
     <hyperlink ref="G24" r:id="rId29" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/nubenic-ar-1622050782961.card.jpg"/>
     <hyperlink ref="F25" r:id="rId30" display="Publicación" address="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d" tooltip="https://tradespot.devdrubbit.com/b/3652033-fbb6a4e01b7c58fdc700bca4232d81a3892d348d"/>
     <hyperlink ref="G25" r:id="rId31" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/valles-lecheros-pura-leche-argentina-ar-1622050872419.card.jpg"/>
     <hyperlink ref="F26" r:id="rId32" display="Publicación" address="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9" tooltip="https://tradespot.devdrubbit.com/b/475485-59a17a4ac70c611ef83b4a996fc608bf397d32f9"/>
     <hyperlink ref="G26" r:id="rId33" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/happy-hour-uy-1622221909603.card.jpg"/>
     <hyperlink ref="F27" r:id="rId34" display="Publicación" address="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717" tooltip="https://tradespot.devdrubbit.com/b/492965-6065c23ecb44cdfed28cede76f5ea6376c5cb717"/>
     <hyperlink ref="F28" r:id="rId35" display="Publicación" address="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3" tooltip="https://tradespot.devdrubbit.com/b/500641-b89d7960e088e31ce439815c9537dcaf36e9cce3"/>
     <hyperlink ref="G28" r:id="rId36" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/tibo-uy-1624024161267.card.jpg"/>
     <hyperlink ref="F29" r:id="rId37" display="Publicación" address="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44" tooltip="https://tradespot.devdrubbit.com/b/440798-eab6c109f473dd4b981f71bf833f29dabafa6e44"/>
     <hyperlink ref="G29" r:id="rId38" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/capital-300-uy-1624045317600.card.jpg"/>
     <hyperlink ref="F30" r:id="rId39" display="Publicación" address="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d" tooltip="https://tradespot.devdrubbit.com/b/472144-c2199ed2ecaeffd27a072549db9c0108275be46d"/>
     <hyperlink ref="G30" r:id="rId40" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/mi-casa-uy-1624045476371.card.jpg"/>
-    <hyperlink ref="F31" r:id="rId41" display="Publicación" address="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93" tooltip="https://tradespot.devdrubbit.com/b/467004-0965c411393a05bf7e08166df3a1f0071ca9bf93"/>
-[...51 lines deleted...]
-    <hyperlink ref="G66" r:id="rId93" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
+    <hyperlink ref="F31" r:id="rId41" display="Publicación" address="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44" tooltip="https://tradespot.devdrubbit.com/b/3605120-b80a6d1ccc3df4362d9d527f2f73928177632c44"/>
+    <hyperlink ref="G31" r:id="rId42" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onda-roja-ar-1625041225797.card.jpg"/>
+    <hyperlink ref="F32" r:id="rId43" display="Publicación" address="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a" tooltip="https://tradespot.devdrubbit.com/b/3366495-2fe66f8213ba68b1ef6aaf5fbf1ee6247aae2c4a"/>
+    <hyperlink ref="G32" r:id="rId44" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/convidar-ar-1633026696711.card.jpg"/>
+    <hyperlink ref="F33" r:id="rId45" display="Publicación" address="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06" tooltip="https://tradespot.devdrubbit.com/b/3492953-67aa20af052cfc3d968403788b9c16c2a591aa06"/>
+    <hyperlink ref="F34" r:id="rId46" display="Publicación" address="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39" tooltip="https://tradespot.devdrubbit.com/b/3406089-57f3ee9da151c37574f2f534e1fe35c767d6bd39"/>
+    <hyperlink ref="G34" r:id="rId47" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/onsports-ar-1635612719196.card.jpg"/>
+    <hyperlink ref="F35" r:id="rId48" display="Publicación" address="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd" tooltip="https://tradespot.devdrubbit.com/b/3756004-c7c35c7b8f7e700732d52d19130ced6d6f639ebd"/>
+    <hyperlink ref="F36" r:id="rId49" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071" tooltip="https://tradespot.devdrubbit.com/b/3333835-fbba0b72736448bf783eee61259615b5b9f36071"/>
+    <hyperlink ref="F37" r:id="rId50" display="Publicación" address="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030" tooltip="https://tradespot.devdrubbit.com/b/3333837-b4cac3a083059caac2fc62300ebacc1f958cd030"/>
+    <hyperlink ref="F38" r:id="rId51" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a" tooltip="https://tradespot.devdrubbit.com/b/3483797-e9ca9e250bf1f4a7d130c1edf0af6087cbf6af3a"/>
+    <hyperlink ref="F39" r:id="rId52" display="Publicación" address="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20" tooltip="https://tradespot.devdrubbit.com/b/3483798-ff69f0e504e28037021528b858ffc2b402eeeb20"/>
+    <hyperlink ref="F40" r:id="rId53" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d" tooltip="https://tradespot.devdrubbit.com/b/3422284-59496593aa51db618333da6df9fbbf8e82ebe19d"/>
+    <hyperlink ref="F41" r:id="rId54" display="Publicación" address="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613" tooltip="https://tradespot.devdrubbit.com/b/3422285-c863a770c0e3279154adf5d533fd03ff4b3ef613"/>
+    <hyperlink ref="F42" r:id="rId55" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e" tooltip="https://tradespot.devdrubbit.com/b/3469904-d591498ed138d732c1163dcdae5df38439d2be7e"/>
+    <hyperlink ref="F43" r:id="rId56" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee" tooltip="https://tradespot.devdrubbit.com/b/3469907-47e234b25623e136e7684131b437a28df17460ee"/>
+    <hyperlink ref="F44" r:id="rId57" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51" tooltip="https://tradespot.devdrubbit.com/b/3469905-7e2babf0111000f07b7c17cb9059f6a13bf65d51"/>
+    <hyperlink ref="F45" r:id="rId58" display="Publicación" address="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2" tooltip="https://tradespot.devdrubbit.com/b/3469906-c8594c11d728abc3991bb3f0e528c7a2698850e2"/>
+    <hyperlink ref="F46" r:id="rId59" display="Publicación" address="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f" tooltip="https://tradespot.devdrubbit.com/b/1744988-9ef039efaba1b2838ff05676a35909433697de4f"/>
+    <hyperlink ref="F47" r:id="rId60" display="Publicación" address="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628" tooltip="https://tradespot.devdrubbit.com/b/3692701-cae8cea4be78300615e69cebb4341bdfd4038628"/>
+    <hyperlink ref="G47" r:id="rId61" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b92fd924985959e499cd4bab351e49d8135100dd.jpg.card.jpg"/>
+    <hyperlink ref="F48" r:id="rId62" display="Publicación" address="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555" tooltip="https://tradespot.devdrubbit.com/b/4000749-71fd3141d0e731f7b00160ac714fe35c594cb555"/>
+    <hyperlink ref="G48" r:id="rId63" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c004a03d79bdc860320a8efd8900b6c35727d8fb.jpg.card.jpg"/>
+    <hyperlink ref="F49" r:id="rId64" display="Publicación" address="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e" tooltip="https://tradespot.devdrubbit.com/b/2124234-d776efa6de21fd5332724e1a0ffb6d0d06adf41e"/>
+    <hyperlink ref="F50" r:id="rId65" display="Publicación" address="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439" tooltip="https://tradespot.devdrubbit.com/b/1517654-c5b06964d79e656288c1d35319753146e58e8439"/>
+    <hyperlink ref="F51" r:id="rId66" display="Publicación" address="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72" tooltip="https://tradespot.devdrubbit.com/b/2616917-c98e371ca0726d1398093f516a7be0b38b961a72"/>
+    <hyperlink ref="F52" r:id="rId67" display="Publicación" address="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05" tooltip="https://tradespot.devdrubbit.com/b/3461819-5bc0449908a58e99e5f07de55a083ec0a6d1bb05"/>
+    <hyperlink ref="G52" r:id="rId68" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/e2d18d574b5e2e127ea268a083329fa380939dcf.JPG.card.jpg"/>
+    <hyperlink ref="F53" r:id="rId69" display="Publicación" address="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c" tooltip="https://tradespot.devdrubbit.com/b/1265968-fda053afb39daa08f06b3c90c1482c0a7530111c"/>
+    <hyperlink ref="G53" r:id="rId70" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/c33e172ce303e6f6f336bc88859b297bbe6100f5.jpeg.card.jpg"/>
+    <hyperlink ref="F54" r:id="rId71" display="Publicación" address="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c" tooltip="https://tradespot.devdrubbit.com/b/2130392-46d3e720a89f07bc31208fd24d436e1213eecf3c"/>
+    <hyperlink ref="F55" r:id="rId72" display="Publicación" address="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c" tooltip="https://tradespot.devdrubbit.com/b/2192501-882d3d383e25b57d6fabadcc389e8b5fa56caa6c"/>
+    <hyperlink ref="F56" r:id="rId73" display="Publicación" address="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201" tooltip="https://tradespot.devdrubbit.com/b/2015589-61130e34ab45b2bf98f038df3343f50030da1201"/>
+    <hyperlink ref="F57" r:id="rId74" display="Publicación" address="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861" tooltip="https://tradespot.devdrubbit.com/b/2687020-711e57fd85e36db79e16650d7889a76e3d2d6861"/>
+    <hyperlink ref="G57" r:id="rId75" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/6d0281ed23cb61d86a18e18d70271e1eeacec9ce.jpeg.card.jpg"/>
+    <hyperlink ref="F58" r:id="rId76" display="Publicación" address="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d" tooltip="https://tradespot.devdrubbit.com/b/2271962-0bfe8883dd6de7fce1e4db0d5172198025bcab2d"/>
+    <hyperlink ref="G58" r:id="rId77" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/8726c0241c585400546856271ad0775561427eb6.jpeg.card.jpg"/>
+    <hyperlink ref="F59" r:id="rId78" display="Publicación" address="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b" tooltip="https://tradespot.devdrubbit.com/b/3531748-bc942e2f2772b9fef88bcdd959dcfd701d386a5b"/>
+    <hyperlink ref="G59" r:id="rId79" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/dar-deportistas-alto-rendimiento-ar-1652278274365.card.jpg"/>
+    <hyperlink ref="F60" r:id="rId80" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467" tooltip="https://tradespot.devdrubbit.com/b/3530667-549e0c4c68a5e69e72241ea49b507ccba44fb467"/>
+    <hyperlink ref="G60" r:id="rId81" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860668425.card.jpg"/>
+    <hyperlink ref="F61" r:id="rId82" display="Publicación" address="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de" tooltip="https://tradespot.devdrubbit.com/b/3530665-2a36244ff6cd5a12045fe642c3663df8973651de"/>
+    <hyperlink ref="G61" r:id="rId83" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/universo-lacteo-ar-1658860912831.card.jpg"/>
+    <hyperlink ref="F62" r:id="rId84" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370" tooltip="https://tradespot.devdrubbit.com/b/3435608-1eee14c80b8c9b804598d63874a69f00e9e6a370"/>
+    <hyperlink ref="G62" r:id="rId85" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659703999281.card.jpg"/>
+    <hyperlink ref="F63" r:id="rId86" display="Publicación" address="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987" tooltip="https://tradespot.devdrubbit.com/b/3435609-e38cd1553237ea7c90269401d39c5758a9f0a987"/>
+    <hyperlink ref="G63" r:id="rId87" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/argentina-foodtruck-ar-1659704178410.card.jpg"/>
+    <hyperlink ref="F64" r:id="rId88" display="Publicación" address="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914" tooltip="https://tradespot.devdrubbit.com/b/3448226-ea0eb0ffdd56896bef793448dbf5ea9227011914"/>
+    <hyperlink ref="G64" r:id="rId89" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/infoberry-ar-1660931558956.card.jpg"/>
+    <hyperlink ref="F65" r:id="rId90" display="Publicación" address="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989" tooltip="https://tradespot.devdrubbit.com/b/1212121212-5c4ac90af20787e8db067f2141b9a29ac0896989"/>
+    <hyperlink ref="G65" r:id="rId91" display="Logo" address="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg" tooltip="https://tradespot.devdrubbit.com/uploads/logos/b37ba70939822fc522b605583bd7b7aaec1ed613.png.card.jpg"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>